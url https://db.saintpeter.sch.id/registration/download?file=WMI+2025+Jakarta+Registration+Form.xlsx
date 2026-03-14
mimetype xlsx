--- v0 (2025-10-30)
+++ v1 (2026-03-14)
@@ -1,82 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11207"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/sudeeppalekar/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://studentsaintpetersch-my.sharepoint.com/personal/rennita_yulianti_saintpeter_sch_id/Documents/nita/St. Peter 2026-2027/WMI 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE7EC57E-38DD-8045-BA71-2D97E88EF275}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="9" documentId="13_ncr:1_{40699A15-F2F9-40D6-BDA6-583BA369FFDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CF4DE09-F389-414F-8E50-B5EC4F6EF772}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23200" windowHeight="17600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="WMI 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="WMI 2026" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191028"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="30">
-[...1 lines deleted...]
-    <t xml:space="preserve"> For the subject of email, please indicate:</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
+  <si>
+    <t>Edukultur Indonesia (MESO)</t>
+  </si>
+  <si>
+    <t>APL Tower - Central Park 19th Floor Unit T7,</t>
+  </si>
+  <si>
+    <t>JI. S. Parman Kav. 28, Slipi,</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please complete the table below with the students’ particulars for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>proper issuance of certificates</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
@@ -85,167 +78,152 @@
   <si>
     <t>Confirmed number of students:</t>
   </si>
   <si>
     <t>School name:</t>
   </si>
   <si>
     <t>Person in Charge:</t>
   </si>
   <si>
     <t>HP no.:</t>
   </si>
   <si>
     <t>Email address:</t>
   </si>
   <si>
     <t>Postal mailing address:</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Student name</t>
   </si>
   <si>
+    <t>Year level</t>
+  </si>
+  <si>
     <t>School ph. no.:</t>
   </si>
   <si>
     <t>World Mathematics Invitational (WMI)</t>
   </si>
   <si>
     <t>www.wminv.org</t>
   </si>
   <si>
+    <t>Indonesia Secretariat:</t>
+  </si>
+  <si>
+    <t>Jakarta Barat 11470</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Competition date: </t>
+      <t>Competition date: 7</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>8 March 2025</t>
+      <t xml:space="preserve"> March 2026</t>
     </r>
   </si>
   <si>
-    <t>[WMI 2025 Registration, School Name]</t>
-[...5 lines deleted...]
-    <t>as per their grade level as of school year 2024-2025.</t>
+    <t>Students register for, and participate in, WMI 2026</t>
+  </si>
+  <si>
+    <t>as per their grade level as of school year 2025-2026.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Registration fee is </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">IDR350,000 </t>
+      <t xml:space="preserve">IDR400,000 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>per student</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Registration deadline: </t>
+      <t>Registration deadline: 9</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>21 February 2025</t>
+      <t xml:space="preserve"> February 2026</t>
     </r>
   </si>
   <si>
-    <t>Contact : Ms Rennita</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">BCA 9030725201 </t>
+    <t xml:space="preserve">081225652334 (Ms Rennita) </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> WMI Coordinator</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please make the payment to: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>WMI Saint Peter QQ SP</t>
     </r>
   </si>
   <si>
-    <t>mobile: 081225652334</t>
-[...17 lines deleted...]
-    <t>Upload completed form in registration link.</t>
+    <t>BCA 9030725201</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -304,56 +282,62 @@
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
@@ -448,191 +432,194 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -906,1538 +893,1531 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wminv.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A26" sqref="A26"/>
+      <selection activeCell="C31" sqref="C31:G31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="49.1640625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="19.5" customWidth="1"/>
+    <col min="1" max="1" width="49.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.453125" customWidth="1"/>
+    <col min="4" max="4" width="9.81640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A1" s="22" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B1" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1" s="7"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
+      <c r="H1" s="31"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A2" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="6"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="31"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="31"/>
+      <c r="I3" s="1"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A4" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="6"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="5"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A5" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="36"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="33"/>
+      <c r="F5" s="33"/>
+      <c r="G5" s="33"/>
+      <c r="H5" s="34"/>
+      <c r="I5" s="5"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A6" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="7"/>
-[...10 lines deleted...]
-      <c r="B2" s="6" t="s">
+      <c r="B6" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="42"/>
+      <c r="E6" s="43"/>
+      <c r="F6" s="43"/>
+      <c r="G6" s="43"/>
+      <c r="H6" s="44"/>
+      <c r="I6" s="5"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="39"/>
+      <c r="D7" s="45"/>
+      <c r="E7" s="46"/>
+      <c r="F7" s="46"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="47"/>
+      <c r="I7" s="5"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A8" s="5"/>
+      <c r="B8" s="40"/>
+      <c r="C8" s="41"/>
+      <c r="D8" s="48"/>
+      <c r="E8" s="49"/>
+      <c r="F8" s="49"/>
+      <c r="G8" s="49"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="5"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A9" s="54" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="51"/>
+      <c r="C9" s="51"/>
+      <c r="D9" s="51"/>
+      <c r="E9" s="51"/>
+      <c r="F9" s="51"/>
+      <c r="G9" s="51"/>
+      <c r="H9" s="51"/>
+      <c r="I9" s="5"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A10" s="23"/>
+      <c r="B10" s="52" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="6"/>
-[...114 lines deleted...]
-      <c r="H10" s="43"/>
+      <c r="C10" s="52"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="52"/>
+      <c r="F10" s="52"/>
+      <c r="G10" s="52"/>
+      <c r="H10" s="52"/>
       <c r="I10" s="5"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A11" s="27" t="s">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A11" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="44" t="s">
-[...7 lines deleted...]
-      <c r="H11" s="44"/>
+      <c r="B11" s="53" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="53"/>
+      <c r="D11" s="53"/>
+      <c r="E11" s="53"/>
+      <c r="F11" s="53"/>
+      <c r="G11" s="53"/>
+      <c r="H11" s="53"/>
       <c r="I11" s="5"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A12" s="5"/>
       <c r="B12" s="8" t="s">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="G12" s="53"/>
+        <v>10</v>
+      </c>
+      <c r="C12" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="37"/>
+      <c r="G12" s="37"/>
       <c r="H12" s="8" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I12" s="5"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="5" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B13" s="19">
         <v>1</v>
       </c>
       <c r="C13" s="28"/>
       <c r="D13" s="28"/>
       <c r="E13" s="28"/>
       <c r="F13" s="28"/>
       <c r="G13" s="28"/>
       <c r="H13" s="19"/>
       <c r="I13" s="14"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B14" s="19">
         <v>2</v>
       </c>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="19"/>
       <c r="I14" s="5"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="B15" s="19">
         <v>3</v>
       </c>
       <c r="C15" s="28"/>
       <c r="D15" s="28"/>
       <c r="E15" s="28"/>
       <c r="F15" s="28"/>
       <c r="G15" s="28"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="25" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B16" s="19">
         <v>4</v>
       </c>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="19"/>
       <c r="I16" s="1"/>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A17" s="26" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B17" s="19">
         <v>5</v>
       </c>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="H17" s="19"/>
       <c r="I17" s="1"/>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B18" s="19">
         <v>6</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="19"/>
       <c r="I18" s="2"/>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1"/>
       <c r="B19" s="19">
         <v>7</v>
       </c>
       <c r="C19" s="28"/>
       <c r="D19" s="28"/>
       <c r="E19" s="28"/>
       <c r="F19" s="28"/>
       <c r="G19" s="28"/>
       <c r="H19" s="19"/>
       <c r="I19" s="1"/>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="55"/>
       <c r="B20" s="19">
         <v>8</v>
       </c>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="19"/>
       <c r="I20" s="15"/>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1"/>
       <c r="B21" s="19">
         <v>9</v>
       </c>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="28"/>
       <c r="G21" s="28"/>
       <c r="H21" s="19"/>
       <c r="I21" s="16"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="15"/>
       <c r="B22" s="19">
         <v>10</v>
       </c>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="20"/>
       <c r="I22" s="16"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B23" s="19">
         <v>11</v>
       </c>
       <c r="C23" s="28"/>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
       <c r="F23" s="28"/>
       <c r="G23" s="28"/>
       <c r="H23" s="19"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B24" s="19">
         <v>12</v>
       </c>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="19"/>
       <c r="I24" s="18"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B25" s="9">
         <v>13</v>
       </c>
-      <c r="C25" s="54"/>
-[...3 lines deleted...]
-      <c r="G25" s="54"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="27"/>
       <c r="H25" s="9"/>
       <c r="I25" s="1"/>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B26" s="9">
         <v>14</v>
       </c>
-      <c r="C26" s="54"/>
-[...3 lines deleted...]
-      <c r="G26" s="54"/>
+      <c r="C26" s="27"/>
+      <c r="D26" s="27"/>
+      <c r="E26" s="27"/>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27"/>
       <c r="H26" s="9"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A27" s="11"/>
       <c r="B27" s="9">
         <v>15</v>
       </c>
-      <c r="C27" s="54"/>
-[...3 lines deleted...]
-      <c r="G27" s="54"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
       <c r="H27" s="9"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A28" s="11"/>
       <c r="B28" s="9">
         <v>16</v>
       </c>
-      <c r="C28" s="54"/>
-[...3 lines deleted...]
-      <c r="G28" s="54"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
       <c r="H28" s="9"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A29" s="12"/>
       <c r="B29" s="9">
         <v>17</v>
       </c>
-      <c r="C29" s="54"/>
-[...3 lines deleted...]
-      <c r="G29" s="54"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="27"/>
+      <c r="E29" s="27"/>
+      <c r="F29" s="27"/>
+      <c r="G29" s="27"/>
       <c r="H29" s="9"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A30" s="11"/>
       <c r="B30" s="9">
         <v>18</v>
       </c>
-      <c r="C30" s="54"/>
-[...3 lines deleted...]
-      <c r="G30" s="54"/>
+      <c r="C30" s="27"/>
+      <c r="D30" s="27"/>
+      <c r="E30" s="27"/>
+      <c r="F30" s="27"/>
+      <c r="G30" s="27"/>
       <c r="H30" s="9"/>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A31" s="12"/>
       <c r="B31" s="9">
         <v>19</v>
       </c>
-      <c r="C31" s="54"/>
-[...3 lines deleted...]
-      <c r="G31" s="54"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="27"/>
+      <c r="F31" s="27"/>
+      <c r="G31" s="27"/>
       <c r="H31" s="9"/>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A32" s="11"/>
       <c r="B32" s="9">
         <v>20</v>
       </c>
-      <c r="C32" s="54"/>
-[...3 lines deleted...]
-      <c r="G32" s="54"/>
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
       <c r="H32" s="10"/>
       <c r="L32" s="1"/>
     </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A33" s="12"/>
       <c r="B33" s="9">
         <v>21</v>
       </c>
-      <c r="C33" s="54"/>
-[...3 lines deleted...]
-      <c r="G33" s="54"/>
+      <c r="C33" s="27"/>
+      <c r="D33" s="27"/>
+      <c r="E33" s="27"/>
+      <c r="F33" s="27"/>
+      <c r="G33" s="27"/>
       <c r="H33" s="9"/>
       <c r="L33" s="1"/>
     </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A34" s="11"/>
       <c r="B34" s="9">
         <v>22</v>
       </c>
-      <c r="C34" s="54"/>
-[...3 lines deleted...]
-      <c r="G34" s="54"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="27"/>
+      <c r="E34" s="27"/>
+      <c r="F34" s="27"/>
+      <c r="G34" s="27"/>
       <c r="H34" s="9"/>
       <c r="L34" s="2"/>
     </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A35" s="12"/>
       <c r="B35" s="9">
         <v>23</v>
       </c>
-      <c r="C35" s="54"/>
-[...3 lines deleted...]
-      <c r="G35" s="54"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="27"/>
+      <c r="E35" s="27"/>
+      <c r="F35" s="27"/>
+      <c r="G35" s="27"/>
       <c r="H35" s="9"/>
       <c r="L35" s="3"/>
     </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A36" s="12"/>
       <c r="B36" s="9">
         <v>24</v>
       </c>
-      <c r="C36" s="54"/>
-[...3 lines deleted...]
-      <c r="G36" s="54"/>
+      <c r="C36" s="27"/>
+      <c r="D36" s="27"/>
+      <c r="E36" s="27"/>
+      <c r="F36" s="27"/>
+      <c r="G36" s="27"/>
       <c r="H36" s="9"/>
       <c r="L36" s="4"/>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A37" s="11"/>
       <c r="B37" s="9">
         <v>25</v>
       </c>
-      <c r="C37" s="54"/>
-[...3 lines deleted...]
-      <c r="G37" s="54"/>
+      <c r="C37" s="27"/>
+      <c r="D37" s="27"/>
+      <c r="E37" s="27"/>
+      <c r="F37" s="27"/>
+      <c r="G37" s="27"/>
       <c r="H37" s="9"/>
       <c r="L37" s="5"/>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A38" s="12"/>
       <c r="B38" s="9">
         <v>26</v>
       </c>
-      <c r="C38" s="54"/>
-[...3 lines deleted...]
-      <c r="G38" s="54"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="27"/>
+      <c r="E38" s="27"/>
+      <c r="F38" s="27"/>
+      <c r="G38" s="27"/>
       <c r="H38" s="9"/>
       <c r="L38" s="1"/>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A39" s="13"/>
       <c r="B39" s="9">
         <v>27</v>
       </c>
-      <c r="C39" s="54"/>
-[...3 lines deleted...]
-      <c r="G39" s="54"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="27"/>
+      <c r="E39" s="27"/>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27"/>
       <c r="H39" s="9"/>
       <c r="L39" s="1"/>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A40" s="13"/>
       <c r="B40" s="9">
         <v>28</v>
       </c>
-      <c r="C40" s="54"/>
-[...3 lines deleted...]
-      <c r="G40" s="54"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="27"/>
+      <c r="E40" s="27"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="27"/>
       <c r="H40" s="9"/>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A41" s="13"/>
       <c r="B41" s="9">
         <v>29</v>
       </c>
-      <c r="C41" s="54"/>
-[...3 lines deleted...]
-      <c r="G41" s="54"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="27"/>
+      <c r="E41" s="27"/>
+      <c r="F41" s="27"/>
+      <c r="G41" s="27"/>
       <c r="H41" s="9"/>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A42" s="13"/>
       <c r="B42" s="9">
         <v>30</v>
       </c>
-      <c r="C42" s="54"/>
-[...3 lines deleted...]
-      <c r="G42" s="54"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="27"/>
+      <c r="E42" s="27"/>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27"/>
       <c r="H42" s="10"/>
     </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B43" s="9">
         <v>31</v>
       </c>
-      <c r="C43" s="54"/>
-[...3 lines deleted...]
-      <c r="G43" s="54"/>
+      <c r="C43" s="27"/>
+      <c r="D43" s="27"/>
+      <c r="E43" s="27"/>
+      <c r="F43" s="27"/>
+      <c r="G43" s="27"/>
       <c r="H43" s="9"/>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B44" s="9">
         <v>32</v>
       </c>
-      <c r="C44" s="54"/>
-[...3 lines deleted...]
-      <c r="G44" s="54"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="27"/>
+      <c r="E44" s="27"/>
+      <c r="F44" s="27"/>
+      <c r="G44" s="27"/>
       <c r="H44" s="9"/>
     </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B45" s="9">
         <v>33</v>
       </c>
-      <c r="C45" s="54"/>
-[...3 lines deleted...]
-      <c r="G45" s="54"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="27"/>
+      <c r="E45" s="27"/>
+      <c r="F45" s="27"/>
+      <c r="G45" s="27"/>
       <c r="H45" s="9"/>
     </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B46" s="9">
         <v>34</v>
       </c>
-      <c r="C46" s="54"/>
-[...3 lines deleted...]
-      <c r="G46" s="54"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="27"/>
+      <c r="E46" s="27"/>
+      <c r="F46" s="27"/>
+      <c r="G46" s="27"/>
       <c r="H46" s="9"/>
     </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B47" s="9">
         <v>35</v>
       </c>
-      <c r="C47" s="54"/>
-[...3 lines deleted...]
-      <c r="G47" s="54"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
       <c r="H47" s="9"/>
     </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B48" s="9">
         <v>36</v>
       </c>
-      <c r="C48" s="54"/>
-[...3 lines deleted...]
-      <c r="G48" s="54"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="27"/>
+      <c r="E48" s="27"/>
+      <c r="F48" s="27"/>
+      <c r="G48" s="27"/>
       <c r="H48" s="9"/>
     </row>
-    <row r="49" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B49" s="9">
         <v>37</v>
       </c>
-      <c r="C49" s="54"/>
-[...3 lines deleted...]
-      <c r="G49" s="54"/>
+      <c r="C49" s="27"/>
+      <c r="D49" s="27"/>
+      <c r="E49" s="27"/>
+      <c r="F49" s="27"/>
+      <c r="G49" s="27"/>
       <c r="H49" s="9"/>
     </row>
-    <row r="50" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B50" s="9">
         <v>38</v>
       </c>
-      <c r="C50" s="54"/>
-[...3 lines deleted...]
-      <c r="G50" s="54"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
       <c r="H50" s="9"/>
     </row>
-    <row r="51" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B51" s="9">
         <v>39</v>
       </c>
-      <c r="C51" s="54"/>
-[...3 lines deleted...]
-      <c r="G51" s="54"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="27"/>
+      <c r="E51" s="27"/>
+      <c r="F51" s="27"/>
+      <c r="G51" s="27"/>
       <c r="H51" s="9"/>
     </row>
-    <row r="52" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B52" s="9">
         <v>40</v>
       </c>
-      <c r="C52" s="54"/>
-[...3 lines deleted...]
-      <c r="G52" s="54"/>
+      <c r="C52" s="27"/>
+      <c r="D52" s="27"/>
+      <c r="E52" s="27"/>
+      <c r="F52" s="27"/>
+      <c r="G52" s="27"/>
       <c r="H52" s="10"/>
     </row>
-    <row r="53" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B53" s="9">
         <v>41</v>
       </c>
-      <c r="C53" s="54"/>
-[...3 lines deleted...]
-      <c r="G53" s="54"/>
+      <c r="C53" s="27"/>
+      <c r="D53" s="27"/>
+      <c r="E53" s="27"/>
+      <c r="F53" s="27"/>
+      <c r="G53" s="27"/>
       <c r="H53" s="9"/>
     </row>
-    <row r="54" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B54" s="9">
         <v>42</v>
       </c>
-      <c r="C54" s="54"/>
-[...3 lines deleted...]
-      <c r="G54" s="54"/>
+      <c r="C54" s="27"/>
+      <c r="D54" s="27"/>
+      <c r="E54" s="27"/>
+      <c r="F54" s="27"/>
+      <c r="G54" s="27"/>
       <c r="H54" s="9"/>
     </row>
-    <row r="55" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B55" s="9">
         <v>43</v>
       </c>
-      <c r="C55" s="54"/>
-[...3 lines deleted...]
-      <c r="G55" s="54"/>
+      <c r="C55" s="27"/>
+      <c r="D55" s="27"/>
+      <c r="E55" s="27"/>
+      <c r="F55" s="27"/>
+      <c r="G55" s="27"/>
       <c r="H55" s="9"/>
     </row>
-    <row r="56" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B56" s="9">
         <v>44</v>
       </c>
-      <c r="C56" s="54"/>
-[...3 lines deleted...]
-      <c r="G56" s="54"/>
+      <c r="C56" s="27"/>
+      <c r="D56" s="27"/>
+      <c r="E56" s="27"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
       <c r="H56" s="9"/>
     </row>
-    <row r="57" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B57" s="9">
         <v>45</v>
       </c>
-      <c r="C57" s="54"/>
-[...3 lines deleted...]
-      <c r="G57" s="54"/>
+      <c r="C57" s="27"/>
+      <c r="D57" s="27"/>
+      <c r="E57" s="27"/>
+      <c r="F57" s="27"/>
+      <c r="G57" s="27"/>
       <c r="H57" s="9"/>
     </row>
-    <row r="58" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B58" s="9">
         <v>46</v>
       </c>
-      <c r="C58" s="54"/>
-[...3 lines deleted...]
-      <c r="G58" s="54"/>
+      <c r="C58" s="27"/>
+      <c r="D58" s="27"/>
+      <c r="E58" s="27"/>
+      <c r="F58" s="27"/>
+      <c r="G58" s="27"/>
       <c r="H58" s="9"/>
     </row>
-    <row r="59" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B59" s="9">
         <v>47</v>
       </c>
-      <c r="C59" s="54"/>
-[...3 lines deleted...]
-      <c r="G59" s="54"/>
+      <c r="C59" s="27"/>
+      <c r="D59" s="27"/>
+      <c r="E59" s="27"/>
+      <c r="F59" s="27"/>
+      <c r="G59" s="27"/>
       <c r="H59" s="9"/>
     </row>
-    <row r="60" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B60" s="9">
         <v>48</v>
       </c>
-      <c r="C60" s="54"/>
-[...3 lines deleted...]
-      <c r="G60" s="54"/>
+      <c r="C60" s="27"/>
+      <c r="D60" s="27"/>
+      <c r="E60" s="27"/>
+      <c r="F60" s="27"/>
+      <c r="G60" s="27"/>
       <c r="H60" s="9"/>
     </row>
-    <row r="61" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B61" s="9">
         <v>49</v>
       </c>
-      <c r="C61" s="54"/>
-[...3 lines deleted...]
-      <c r="G61" s="54"/>
+      <c r="C61" s="27"/>
+      <c r="D61" s="27"/>
+      <c r="E61" s="27"/>
+      <c r="F61" s="27"/>
+      <c r="G61" s="27"/>
       <c r="H61" s="9"/>
     </row>
-    <row r="62" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B62" s="9">
         <v>50</v>
       </c>
-      <c r="C62" s="54"/>
-[...3 lines deleted...]
-      <c r="G62" s="54"/>
+      <c r="C62" s="27"/>
+      <c r="D62" s="27"/>
+      <c r="E62" s="27"/>
+      <c r="F62" s="27"/>
+      <c r="G62" s="27"/>
       <c r="H62" s="10"/>
     </row>
-    <row r="63" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B63" s="9">
         <v>51</v>
       </c>
-      <c r="C63" s="54"/>
-[...3 lines deleted...]
-      <c r="G63" s="54"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="27"/>
+      <c r="E63" s="27"/>
+      <c r="F63" s="27"/>
+      <c r="G63" s="27"/>
       <c r="H63" s="9"/>
     </row>
-    <row r="64" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B64" s="9">
         <v>52</v>
       </c>
-      <c r="C64" s="54"/>
-[...3 lines deleted...]
-      <c r="G64" s="54"/>
+      <c r="C64" s="27"/>
+      <c r="D64" s="27"/>
+      <c r="E64" s="27"/>
+      <c r="F64" s="27"/>
+      <c r="G64" s="27"/>
       <c r="H64" s="9"/>
     </row>
-    <row r="65" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B65" s="9">
         <v>53</v>
       </c>
-      <c r="C65" s="54"/>
-[...3 lines deleted...]
-      <c r="G65" s="54"/>
+      <c r="C65" s="27"/>
+      <c r="D65" s="27"/>
+      <c r="E65" s="27"/>
+      <c r="F65" s="27"/>
+      <c r="G65" s="27"/>
       <c r="H65" s="9"/>
     </row>
-    <row r="66" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B66" s="9">
         <v>54</v>
       </c>
-      <c r="C66" s="54"/>
-[...3 lines deleted...]
-      <c r="G66" s="54"/>
+      <c r="C66" s="27"/>
+      <c r="D66" s="27"/>
+      <c r="E66" s="27"/>
+      <c r="F66" s="27"/>
+      <c r="G66" s="27"/>
       <c r="H66" s="9"/>
     </row>
-    <row r="67" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B67" s="9">
         <v>55</v>
       </c>
-      <c r="C67" s="54"/>
-[...3 lines deleted...]
-      <c r="G67" s="54"/>
+      <c r="C67" s="27"/>
+      <c r="D67" s="27"/>
+      <c r="E67" s="27"/>
+      <c r="F67" s="27"/>
+      <c r="G67" s="27"/>
       <c r="H67" s="9"/>
     </row>
-    <row r="68" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B68" s="9">
         <v>56</v>
       </c>
-      <c r="C68" s="54"/>
-[...3 lines deleted...]
-      <c r="G68" s="54"/>
+      <c r="C68" s="27"/>
+      <c r="D68" s="27"/>
+      <c r="E68" s="27"/>
+      <c r="F68" s="27"/>
+      <c r="G68" s="27"/>
       <c r="H68" s="9"/>
     </row>
-    <row r="69" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B69" s="9">
         <v>57</v>
       </c>
-      <c r="C69" s="54"/>
-[...3 lines deleted...]
-      <c r="G69" s="54"/>
+      <c r="C69" s="27"/>
+      <c r="D69" s="27"/>
+      <c r="E69" s="27"/>
+      <c r="F69" s="27"/>
+      <c r="G69" s="27"/>
       <c r="H69" s="9"/>
     </row>
-    <row r="70" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B70" s="9">
         <v>58</v>
       </c>
-      <c r="C70" s="54"/>
-[...3 lines deleted...]
-      <c r="G70" s="54"/>
+      <c r="C70" s="27"/>
+      <c r="D70" s="27"/>
+      <c r="E70" s="27"/>
+      <c r="F70" s="27"/>
+      <c r="G70" s="27"/>
       <c r="H70" s="9"/>
     </row>
-    <row r="71" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B71" s="9">
         <v>59</v>
       </c>
-      <c r="C71" s="54"/>
-[...3 lines deleted...]
-      <c r="G71" s="54"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="27"/>
+      <c r="E71" s="27"/>
+      <c r="F71" s="27"/>
+      <c r="G71" s="27"/>
       <c r="H71" s="9"/>
     </row>
-    <row r="72" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B72" s="9">
         <v>60</v>
       </c>
-      <c r="C72" s="54"/>
-[...3 lines deleted...]
-      <c r="G72" s="54"/>
+      <c r="C72" s="27"/>
+      <c r="D72" s="27"/>
+      <c r="E72" s="27"/>
+      <c r="F72" s="27"/>
+      <c r="G72" s="27"/>
       <c r="H72" s="10"/>
     </row>
-    <row r="73" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B73" s="9">
         <v>61</v>
       </c>
-      <c r="C73" s="54"/>
-[...3 lines deleted...]
-      <c r="G73" s="54"/>
+      <c r="C73" s="27"/>
+      <c r="D73" s="27"/>
+      <c r="E73" s="27"/>
+      <c r="F73" s="27"/>
+      <c r="G73" s="27"/>
       <c r="H73" s="9"/>
     </row>
-    <row r="74" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B74" s="9">
         <v>62</v>
       </c>
-      <c r="C74" s="54"/>
-[...3 lines deleted...]
-      <c r="G74" s="54"/>
+      <c r="C74" s="27"/>
+      <c r="D74" s="27"/>
+      <c r="E74" s="27"/>
+      <c r="F74" s="27"/>
+      <c r="G74" s="27"/>
       <c r="H74" s="9"/>
     </row>
-    <row r="75" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B75" s="9">
         <v>63</v>
       </c>
-      <c r="C75" s="54"/>
-[...3 lines deleted...]
-      <c r="G75" s="54"/>
+      <c r="C75" s="27"/>
+      <c r="D75" s="27"/>
+      <c r="E75" s="27"/>
+      <c r="F75" s="27"/>
+      <c r="G75" s="27"/>
       <c r="H75" s="9"/>
     </row>
-    <row r="76" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B76" s="9">
         <v>64</v>
       </c>
-      <c r="C76" s="54"/>
-[...3 lines deleted...]
-      <c r="G76" s="54"/>
+      <c r="C76" s="27"/>
+      <c r="D76" s="27"/>
+      <c r="E76" s="27"/>
+      <c r="F76" s="27"/>
+      <c r="G76" s="27"/>
       <c r="H76" s="9"/>
     </row>
-    <row r="77" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B77" s="9">
         <v>65</v>
       </c>
-      <c r="C77" s="54"/>
-[...3 lines deleted...]
-      <c r="G77" s="54"/>
+      <c r="C77" s="27"/>
+      <c r="D77" s="27"/>
+      <c r="E77" s="27"/>
+      <c r="F77" s="27"/>
+      <c r="G77" s="27"/>
       <c r="H77" s="9"/>
     </row>
-    <row r="78" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B78" s="9">
         <v>66</v>
       </c>
-      <c r="C78" s="54"/>
-[...3 lines deleted...]
-      <c r="G78" s="54"/>
+      <c r="C78" s="27"/>
+      <c r="D78" s="27"/>
+      <c r="E78" s="27"/>
+      <c r="F78" s="27"/>
+      <c r="G78" s="27"/>
       <c r="H78" s="9"/>
     </row>
-    <row r="79" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B79" s="9">
         <v>67</v>
       </c>
-      <c r="C79" s="54"/>
-[...3 lines deleted...]
-      <c r="G79" s="54"/>
+      <c r="C79" s="27"/>
+      <c r="D79" s="27"/>
+      <c r="E79" s="27"/>
+      <c r="F79" s="27"/>
+      <c r="G79" s="27"/>
       <c r="H79" s="9"/>
     </row>
-    <row r="80" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B80" s="9">
         <v>68</v>
       </c>
-      <c r="C80" s="54"/>
-[...3 lines deleted...]
-      <c r="G80" s="54"/>
+      <c r="C80" s="27"/>
+      <c r="D80" s="27"/>
+      <c r="E80" s="27"/>
+      <c r="F80" s="27"/>
+      <c r="G80" s="27"/>
       <c r="H80" s="9"/>
     </row>
-    <row r="81" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B81" s="9">
         <v>69</v>
       </c>
-      <c r="C81" s="54"/>
-[...3 lines deleted...]
-      <c r="G81" s="54"/>
+      <c r="C81" s="27"/>
+      <c r="D81" s="27"/>
+      <c r="E81" s="27"/>
+      <c r="F81" s="27"/>
+      <c r="G81" s="27"/>
       <c r="H81" s="9"/>
     </row>
-    <row r="82" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B82" s="9">
         <v>70</v>
       </c>
-      <c r="C82" s="54"/>
-[...3 lines deleted...]
-      <c r="G82" s="54"/>
+      <c r="C82" s="27"/>
+      <c r="D82" s="27"/>
+      <c r="E82" s="27"/>
+      <c r="F82" s="27"/>
+      <c r="G82" s="27"/>
       <c r="H82" s="10"/>
     </row>
-    <row r="83" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B83" s="9">
         <v>71</v>
       </c>
-      <c r="C83" s="54"/>
-[...3 lines deleted...]
-      <c r="G83" s="54"/>
+      <c r="C83" s="27"/>
+      <c r="D83" s="27"/>
+      <c r="E83" s="27"/>
+      <c r="F83" s="27"/>
+      <c r="G83" s="27"/>
       <c r="H83" s="9"/>
     </row>
-    <row r="84" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B84" s="9">
         <v>72</v>
       </c>
-      <c r="C84" s="54"/>
-[...3 lines deleted...]
-      <c r="G84" s="54"/>
+      <c r="C84" s="27"/>
+      <c r="D84" s="27"/>
+      <c r="E84" s="27"/>
+      <c r="F84" s="27"/>
+      <c r="G84" s="27"/>
       <c r="H84" s="9"/>
     </row>
-    <row r="85" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B85" s="9">
         <v>73</v>
       </c>
-      <c r="C85" s="54"/>
-[...3 lines deleted...]
-      <c r="G85" s="54"/>
+      <c r="C85" s="27"/>
+      <c r="D85" s="27"/>
+      <c r="E85" s="27"/>
+      <c r="F85" s="27"/>
+      <c r="G85" s="27"/>
       <c r="H85" s="9"/>
     </row>
-    <row r="86" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B86" s="9">
         <v>74</v>
       </c>
-      <c r="C86" s="54"/>
-[...3 lines deleted...]
-      <c r="G86" s="54"/>
+      <c r="C86" s="27"/>
+      <c r="D86" s="27"/>
+      <c r="E86" s="27"/>
+      <c r="F86" s="27"/>
+      <c r="G86" s="27"/>
       <c r="H86" s="9"/>
     </row>
-    <row r="87" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B87" s="9">
         <v>75</v>
       </c>
-      <c r="C87" s="54"/>
-[...3 lines deleted...]
-      <c r="G87" s="54"/>
+      <c r="C87" s="27"/>
+      <c r="D87" s="27"/>
+      <c r="E87" s="27"/>
+      <c r="F87" s="27"/>
+      <c r="G87" s="27"/>
       <c r="H87" s="9"/>
     </row>
-    <row r="88" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B88" s="9">
         <v>76</v>
       </c>
-      <c r="C88" s="54"/>
-[...3 lines deleted...]
-      <c r="G88" s="54"/>
+      <c r="C88" s="27"/>
+      <c r="D88" s="27"/>
+      <c r="E88" s="27"/>
+      <c r="F88" s="27"/>
+      <c r="G88" s="27"/>
       <c r="H88" s="9"/>
     </row>
-    <row r="89" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="89" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B89" s="9">
         <v>77</v>
       </c>
-      <c r="C89" s="54"/>
-[...3 lines deleted...]
-      <c r="G89" s="54"/>
+      <c r="C89" s="27"/>
+      <c r="D89" s="27"/>
+      <c r="E89" s="27"/>
+      <c r="F89" s="27"/>
+      <c r="G89" s="27"/>
       <c r="H89" s="9"/>
     </row>
-    <row r="90" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="90" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B90" s="9">
         <v>78</v>
       </c>
-      <c r="C90" s="54"/>
-[...3 lines deleted...]
-      <c r="G90" s="54"/>
+      <c r="C90" s="27"/>
+      <c r="D90" s="27"/>
+      <c r="E90" s="27"/>
+      <c r="F90" s="27"/>
+      <c r="G90" s="27"/>
       <c r="H90" s="9"/>
     </row>
-    <row r="91" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="91" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B91" s="9">
         <v>79</v>
       </c>
-      <c r="C91" s="54"/>
-[...3 lines deleted...]
-      <c r="G91" s="54"/>
+      <c r="C91" s="27"/>
+      <c r="D91" s="27"/>
+      <c r="E91" s="27"/>
+      <c r="F91" s="27"/>
+      <c r="G91" s="27"/>
       <c r="H91" s="9"/>
     </row>
-    <row r="92" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B92" s="9">
         <v>80</v>
       </c>
-      <c r="C92" s="54"/>
-[...3 lines deleted...]
-      <c r="G92" s="54"/>
+      <c r="C92" s="27"/>
+      <c r="D92" s="27"/>
+      <c r="E92" s="27"/>
+      <c r="F92" s="27"/>
+      <c r="G92" s="27"/>
       <c r="H92" s="10"/>
     </row>
-    <row r="93" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="93" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B93" s="9">
         <v>81</v>
       </c>
-      <c r="C93" s="54"/>
-[...3 lines deleted...]
-      <c r="G93" s="54"/>
+      <c r="C93" s="27"/>
+      <c r="D93" s="27"/>
+      <c r="E93" s="27"/>
+      <c r="F93" s="27"/>
+      <c r="G93" s="27"/>
       <c r="H93" s="9"/>
     </row>
-    <row r="94" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="94" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B94" s="9">
         <v>82</v>
       </c>
-      <c r="C94" s="54"/>
-[...3 lines deleted...]
-      <c r="G94" s="54"/>
+      <c r="C94" s="27"/>
+      <c r="D94" s="27"/>
+      <c r="E94" s="27"/>
+      <c r="F94" s="27"/>
+      <c r="G94" s="27"/>
       <c r="H94" s="9"/>
     </row>
-    <row r="95" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="95" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B95" s="9">
         <v>83</v>
       </c>
-      <c r="C95" s="54"/>
-[...3 lines deleted...]
-      <c r="G95" s="54"/>
+      <c r="C95" s="27"/>
+      <c r="D95" s="27"/>
+      <c r="E95" s="27"/>
+      <c r="F95" s="27"/>
+      <c r="G95" s="27"/>
       <c r="H95" s="9"/>
     </row>
-    <row r="96" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="96" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B96" s="9">
         <v>84</v>
       </c>
-      <c r="C96" s="54"/>
-[...3 lines deleted...]
-      <c r="G96" s="54"/>
+      <c r="C96" s="27"/>
+      <c r="D96" s="27"/>
+      <c r="E96" s="27"/>
+      <c r="F96" s="27"/>
+      <c r="G96" s="27"/>
       <c r="H96" s="9"/>
     </row>
-    <row r="97" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="97" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B97" s="9">
         <v>85</v>
       </c>
-      <c r="C97" s="54"/>
-[...3 lines deleted...]
-      <c r="G97" s="54"/>
+      <c r="C97" s="27"/>
+      <c r="D97" s="27"/>
+      <c r="E97" s="27"/>
+      <c r="F97" s="27"/>
+      <c r="G97" s="27"/>
       <c r="H97" s="9"/>
     </row>
-    <row r="98" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="98" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B98" s="9">
         <v>86</v>
       </c>
-      <c r="C98" s="54"/>
-[...3 lines deleted...]
-      <c r="G98" s="54"/>
+      <c r="C98" s="27"/>
+      <c r="D98" s="27"/>
+      <c r="E98" s="27"/>
+      <c r="F98" s="27"/>
+      <c r="G98" s="27"/>
       <c r="H98" s="9"/>
     </row>
-    <row r="99" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="99" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B99" s="9">
         <v>87</v>
       </c>
-      <c r="C99" s="54"/>
-[...3 lines deleted...]
-      <c r="G99" s="54"/>
+      <c r="C99" s="27"/>
+      <c r="D99" s="27"/>
+      <c r="E99" s="27"/>
+      <c r="F99" s="27"/>
+      <c r="G99" s="27"/>
       <c r="H99" s="9"/>
     </row>
-    <row r="100" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="100" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B100" s="9">
         <v>88</v>
       </c>
-      <c r="C100" s="54"/>
-[...3 lines deleted...]
-      <c r="G100" s="54"/>
+      <c r="C100" s="27"/>
+      <c r="D100" s="27"/>
+      <c r="E100" s="27"/>
+      <c r="F100" s="27"/>
+      <c r="G100" s="27"/>
       <c r="H100" s="9"/>
     </row>
-    <row r="101" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="101" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B101" s="9">
         <v>89</v>
       </c>
-      <c r="C101" s="54"/>
-[...3 lines deleted...]
-      <c r="G101" s="54"/>
+      <c r="C101" s="27"/>
+      <c r="D101" s="27"/>
+      <c r="E101" s="27"/>
+      <c r="F101" s="27"/>
+      <c r="G101" s="27"/>
       <c r="H101" s="9"/>
     </row>
-    <row r="102" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="102" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B102" s="9">
         <v>90</v>
       </c>
-      <c r="C102" s="54"/>
-[...3 lines deleted...]
-      <c r="G102" s="54"/>
+      <c r="C102" s="27"/>
+      <c r="D102" s="27"/>
+      <c r="E102" s="27"/>
+      <c r="F102" s="27"/>
+      <c r="G102" s="27"/>
       <c r="H102" s="10"/>
     </row>
-    <row r="103" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="103" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B103" s="9">
         <v>91</v>
       </c>
-      <c r="C103" s="54"/>
-[...3 lines deleted...]
-      <c r="G103" s="54"/>
+      <c r="C103" s="27"/>
+      <c r="D103" s="27"/>
+      <c r="E103" s="27"/>
+      <c r="F103" s="27"/>
+      <c r="G103" s="27"/>
       <c r="H103" s="9"/>
     </row>
-    <row r="104" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="104" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B104" s="9">
         <v>92</v>
       </c>
-      <c r="C104" s="54"/>
-[...3 lines deleted...]
-      <c r="G104" s="54"/>
+      <c r="C104" s="27"/>
+      <c r="D104" s="27"/>
+      <c r="E104" s="27"/>
+      <c r="F104" s="27"/>
+      <c r="G104" s="27"/>
       <c r="H104" s="9"/>
     </row>
-    <row r="105" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="105" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B105" s="9">
         <v>93</v>
       </c>
-      <c r="C105" s="54"/>
-[...3 lines deleted...]
-      <c r="G105" s="54"/>
+      <c r="C105" s="27"/>
+      <c r="D105" s="27"/>
+      <c r="E105" s="27"/>
+      <c r="F105" s="27"/>
+      <c r="G105" s="27"/>
       <c r="H105" s="9"/>
     </row>
-    <row r="106" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="106" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B106" s="9">
         <v>94</v>
       </c>
-      <c r="C106" s="54"/>
-[...3 lines deleted...]
-      <c r="G106" s="54"/>
+      <c r="C106" s="27"/>
+      <c r="D106" s="27"/>
+      <c r="E106" s="27"/>
+      <c r="F106" s="27"/>
+      <c r="G106" s="27"/>
       <c r="H106" s="9"/>
     </row>
-    <row r="107" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="107" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B107" s="9">
         <v>95</v>
       </c>
-      <c r="C107" s="54"/>
-[...3 lines deleted...]
-      <c r="G107" s="54"/>
+      <c r="C107" s="27"/>
+      <c r="D107" s="27"/>
+      <c r="E107" s="27"/>
+      <c r="F107" s="27"/>
+      <c r="G107" s="27"/>
       <c r="H107" s="9"/>
     </row>
-    <row r="108" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="108" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B108" s="9">
         <v>96</v>
       </c>
-      <c r="C108" s="54"/>
-[...3 lines deleted...]
-      <c r="G108" s="54"/>
+      <c r="C108" s="27"/>
+      <c r="D108" s="27"/>
+      <c r="E108" s="27"/>
+      <c r="F108" s="27"/>
+      <c r="G108" s="27"/>
       <c r="H108" s="9"/>
     </row>
-    <row r="109" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="109" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B109" s="9">
         <v>97</v>
       </c>
-      <c r="C109" s="54"/>
-[...3 lines deleted...]
-      <c r="G109" s="54"/>
+      <c r="C109" s="27"/>
+      <c r="D109" s="27"/>
+      <c r="E109" s="27"/>
+      <c r="F109" s="27"/>
+      <c r="G109" s="27"/>
       <c r="H109" s="9"/>
     </row>
-    <row r="110" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="110" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B110" s="9">
         <v>98</v>
       </c>
-      <c r="C110" s="54"/>
-[...3 lines deleted...]
-      <c r="G110" s="54"/>
+      <c r="C110" s="27"/>
+      <c r="D110" s="27"/>
+      <c r="E110" s="27"/>
+      <c r="F110" s="27"/>
+      <c r="G110" s="27"/>
       <c r="H110" s="9"/>
     </row>
-    <row r="111" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="111" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B111" s="9">
         <v>99</v>
       </c>
-      <c r="C111" s="54"/>
-[...3 lines deleted...]
-      <c r="G111" s="54"/>
+      <c r="C111" s="27"/>
+      <c r="D111" s="27"/>
+      <c r="E111" s="27"/>
+      <c r="F111" s="27"/>
+      <c r="G111" s="27"/>
       <c r="H111" s="9"/>
     </row>
-    <row r="112" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="112" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B112" s="9">
         <v>100</v>
       </c>
-      <c r="C112" s="54"/>
-[...3 lines deleted...]
-      <c r="G112" s="54"/>
+      <c r="C112" s="27"/>
+      <c r="D112" s="27"/>
+      <c r="E112" s="27"/>
+      <c r="F112" s="27"/>
+      <c r="G112" s="27"/>
       <c r="H112" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="113">
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="C16:G16"/>
+    <mergeCell ref="C17:G17"/>
+    <mergeCell ref="B7:C8"/>
+    <mergeCell ref="D6:H6"/>
+    <mergeCell ref="D7:H8"/>
+    <mergeCell ref="B9:H9"/>
+    <mergeCell ref="B10:H10"/>
+    <mergeCell ref="B11:H11"/>
+    <mergeCell ref="D1:H1"/>
+    <mergeCell ref="D2:H2"/>
+    <mergeCell ref="D3:H3"/>
+    <mergeCell ref="D4:H4"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="C12:G12"/>
+    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="C23:G23"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="C25:G25"/>
+    <mergeCell ref="C26:G26"/>
+    <mergeCell ref="C27:G27"/>
+    <mergeCell ref="C28:G28"/>
+    <mergeCell ref="C18:G18"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="C20:G20"/>
+    <mergeCell ref="C21:G21"/>
+    <mergeCell ref="C22:G22"/>
+    <mergeCell ref="C35:G35"/>
+    <mergeCell ref="C36:G36"/>
+    <mergeCell ref="C37:G37"/>
+    <mergeCell ref="C38:G38"/>
+    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="C40:G40"/>
+    <mergeCell ref="C29:G29"/>
+    <mergeCell ref="C30:G30"/>
+    <mergeCell ref="C31:G31"/>
+    <mergeCell ref="C32:G32"/>
+    <mergeCell ref="C33:G33"/>
+    <mergeCell ref="C34:G34"/>
+    <mergeCell ref="C47:G47"/>
+    <mergeCell ref="C48:G48"/>
+    <mergeCell ref="C49:G49"/>
+    <mergeCell ref="C50:G50"/>
+    <mergeCell ref="C51:G51"/>
+    <mergeCell ref="C52:G52"/>
+    <mergeCell ref="C41:G41"/>
+    <mergeCell ref="C42:G42"/>
+    <mergeCell ref="C43:G43"/>
+    <mergeCell ref="C44:G44"/>
+    <mergeCell ref="C45:G45"/>
+    <mergeCell ref="C46:G46"/>
+    <mergeCell ref="C59:G59"/>
+    <mergeCell ref="C60:G60"/>
+    <mergeCell ref="C61:G61"/>
+    <mergeCell ref="C62:G62"/>
+    <mergeCell ref="C63:G63"/>
+    <mergeCell ref="C64:G64"/>
+    <mergeCell ref="C53:G53"/>
+    <mergeCell ref="C54:G54"/>
+    <mergeCell ref="C55:G55"/>
+    <mergeCell ref="C56:G56"/>
+    <mergeCell ref="C57:G57"/>
+    <mergeCell ref="C58:G58"/>
+    <mergeCell ref="C71:G71"/>
+    <mergeCell ref="C72:G72"/>
+    <mergeCell ref="C73:G73"/>
+    <mergeCell ref="C74:G74"/>
+    <mergeCell ref="C75:G75"/>
+    <mergeCell ref="C76:G76"/>
+    <mergeCell ref="C65:G65"/>
+    <mergeCell ref="C66:G66"/>
+    <mergeCell ref="C67:G67"/>
+    <mergeCell ref="C68:G68"/>
+    <mergeCell ref="C69:G69"/>
+    <mergeCell ref="C70:G70"/>
+    <mergeCell ref="C83:G83"/>
+    <mergeCell ref="C84:G84"/>
+    <mergeCell ref="C85:G85"/>
+    <mergeCell ref="C86:G86"/>
+    <mergeCell ref="C87:G87"/>
+    <mergeCell ref="C88:G88"/>
+    <mergeCell ref="C77:G77"/>
+    <mergeCell ref="C78:G78"/>
+    <mergeCell ref="C79:G79"/>
+    <mergeCell ref="C80:G80"/>
+    <mergeCell ref="C81:G81"/>
+    <mergeCell ref="C82:G82"/>
+    <mergeCell ref="C107:G107"/>
+    <mergeCell ref="C108:G108"/>
+    <mergeCell ref="C109:G109"/>
+    <mergeCell ref="C110:G110"/>
+    <mergeCell ref="C111:G111"/>
+    <mergeCell ref="C112:G112"/>
+    <mergeCell ref="C101:G101"/>
+    <mergeCell ref="C102:G102"/>
+    <mergeCell ref="C103:G103"/>
+    <mergeCell ref="C104:G104"/>
+    <mergeCell ref="C105:G105"/>
+    <mergeCell ref="C106:G106"/>
     <mergeCell ref="C95:G95"/>
     <mergeCell ref="C96:G96"/>
     <mergeCell ref="C97:G97"/>
     <mergeCell ref="C98:G98"/>
     <mergeCell ref="C99:G99"/>
     <mergeCell ref="C100:G100"/>
     <mergeCell ref="C89:G89"/>
     <mergeCell ref="C90:G90"/>
     <mergeCell ref="C91:G91"/>
     <mergeCell ref="C92:G92"/>
     <mergeCell ref="C93:G93"/>
     <mergeCell ref="C94:G94"/>
-    <mergeCell ref="C107:G107"/>
-[...99 lines deleted...]
-    <mergeCell ref="B11:H11"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation showErrorMessage="1" sqref="H13" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>WMI 2025</vt:lpstr>
+      <vt:lpstr>WMI 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andry Silvanus</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>